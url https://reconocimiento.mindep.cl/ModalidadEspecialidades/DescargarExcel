--- v0 (2026-01-21)
+++ v1 (2026-03-08)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="476">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="478">
   <si>
     <t>MINISTERIO DEL DEPORTE</t>
   </si>
   <si>
     <t>Fundado de una Actividad Física como Modalidad o Especialidad Deportiva</t>
   </si>
   <si>
     <t>Listado unico Modalidades y Especialidades Deportivas</t>
   </si>
   <si>
-    <t>2026-01-21 11:33:02</t>
+    <t>2026-03-08 02:07:25</t>
   </si>
   <si>
     <t>Modalidad Deportiva</t>
   </si>
   <si>
     <t>Especialidad Deportiva</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Genero</t>
   </si>
   <si>
     <t>Origen</t>
   </si>
   <si>
     <t>Aeromodelismo</t>
   </si>
   <si>
     <t>Todo Competidor</t>
   </si>
   <si>
     <t>No Olímpico</t>
   </si>
@@ -843,50 +843,56 @@
     <t>Patin A Vela</t>
   </si>
   <si>
     <t>Raquero</t>
   </si>
   <si>
     <t>Snipe</t>
   </si>
   <si>
     <t>Star</t>
   </si>
   <si>
     <t>Sunfish</t>
   </si>
   <si>
     <t>Vaurien</t>
   </si>
   <si>
     <t>Kitesurf</t>
   </si>
   <si>
     <t>Navegación Oceánica a vela</t>
   </si>
   <si>
     <t>Netball</t>
+  </si>
+  <si>
+    <t>Palín</t>
+  </si>
+  <si>
+    <t>Tradicional Mapuche</t>
   </si>
   <si>
     <t>Para Atletismo</t>
   </si>
   <si>
     <t>Calle/Maratón</t>
   </si>
   <si>
     <t>Para Canotaje</t>
   </si>
   <si>
     <t>Para Ciclismo</t>
   </si>
   <si>
     <t>Handcycle/Ruta</t>
   </si>
   <si>
     <t>Bicicleta/Pista y Ruta</t>
   </si>
   <si>
     <t>Tandem/Pista y Ruta</t>
   </si>
   <si>
     <t>Triciclo/Ruta</t>
   </si>
@@ -1806,51 +1812,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AB415"/>
+  <dimension ref="A1:AB416"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="Q6" sqref="Q6:V6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:28">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
@@ -5738,3238 +5744,3255 @@
         <v>29</v>
       </c>
     </row>
     <row r="227" spans="1:28">
       <c r="A227" t="s">
         <v>276</v>
       </c>
       <c r="E227" t="s">
         <v>128</v>
       </c>
       <c r="K227" t="s">
         <v>11</v>
       </c>
       <c r="N227" t="s">
         <v>12</v>
       </c>
       <c r="Q227" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="228" spans="1:28">
       <c r="A228" t="s">
         <v>277</v>
       </c>
       <c r="E228" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="K228" t="s">
-        <v>82</v>
+        <v>278</v>
       </c>
       <c r="N228" t="s">
         <v>12</v>
       </c>
       <c r="Q228" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="229" spans="1:28">
       <c r="A229" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="E229" t="s">
-        <v>278</v>
+        <v>37</v>
       </c>
       <c r="K229" t="s">
         <v>82</v>
       </c>
       <c r="N229" t="s">
         <v>12</v>
       </c>
       <c r="Q229" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="230" spans="1:28">
       <c r="A230" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="E230" t="s">
-        <v>38</v>
+        <v>280</v>
       </c>
       <c r="K230" t="s">
         <v>82</v>
       </c>
       <c r="N230" t="s">
         <v>12</v>
       </c>
       <c r="Q230" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="231" spans="1:28">
       <c r="A231" t="s">
         <v>279</v>
       </c>
       <c r="E231" t="s">
-        <v>107</v>
+        <v>38</v>
       </c>
       <c r="K231" t="s">
         <v>82</v>
       </c>
       <c r="N231" t="s">
         <v>12</v>
       </c>
       <c r="Q231" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="232" spans="1:28">
       <c r="A232" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E232" t="s">
-        <v>281</v>
+        <v>107</v>
       </c>
       <c r="K232" t="s">
         <v>82</v>
       </c>
       <c r="N232" t="s">
         <v>12</v>
       </c>
       <c r="Q232" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="233" spans="1:28">
       <c r="A233" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E233" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="K233" t="s">
         <v>82</v>
       </c>
       <c r="N233" t="s">
         <v>12</v>
       </c>
       <c r="Q233" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="234" spans="1:28">
       <c r="A234" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E234" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="K234" t="s">
         <v>82</v>
       </c>
       <c r="N234" t="s">
         <v>12</v>
       </c>
       <c r="Q234" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="235" spans="1:28">
       <c r="A235" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="E235" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="K235" t="s">
         <v>82</v>
       </c>
       <c r="N235" t="s">
         <v>12</v>
       </c>
       <c r="Q235" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="236" spans="1:28">
       <c r="A236" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="E236" t="s">
-        <v>57</v>
+        <v>286</v>
       </c>
       <c r="K236" t="s">
         <v>82</v>
       </c>
       <c r="N236" t="s">
-        <v>230</v>
+        <v>12</v>
       </c>
       <c r="Q236" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="237" spans="1:28">
       <c r="A237" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="E237" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="K237" t="s">
         <v>82</v>
       </c>
       <c r="N237" t="s">
         <v>230</v>
       </c>
       <c r="Q237" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="238" spans="1:28">
       <c r="A238" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="E238" t="s">
-        <v>240</v>
+        <v>83</v>
       </c>
       <c r="K238" t="s">
         <v>82</v>
       </c>
       <c r="N238" t="s">
         <v>230</v>
       </c>
       <c r="Q238" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="239" spans="1:28">
       <c r="A239" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E239" t="s">
-        <v>163</v>
+        <v>240</v>
       </c>
       <c r="K239" t="s">
         <v>82</v>
       </c>
       <c r="N239" t="s">
-        <v>12</v>
+        <v>230</v>
       </c>
       <c r="Q239" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
     </row>
     <row r="240" spans="1:28">
       <c r="A240" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E240" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="K240" t="s">
         <v>82</v>
       </c>
       <c r="N240" t="s">
         <v>12</v>
       </c>
       <c r="Q240" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="241" spans="1:28">
       <c r="A241" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E241" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="K241" t="s">
         <v>82</v>
       </c>
       <c r="N241" t="s">
         <v>12</v>
       </c>
       <c r="Q241" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="242" spans="1:28">
       <c r="A242" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E242" t="s">
-        <v>288</v>
+        <v>165</v>
       </c>
       <c r="K242" t="s">
         <v>82</v>
       </c>
       <c r="N242" t="s">
         <v>12</v>
       </c>
       <c r="Q242" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
     </row>
     <row r="243" spans="1:28">
       <c r="A243" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="E243" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="K243" t="s">
         <v>82</v>
       </c>
       <c r="N243" t="s">
         <v>12</v>
       </c>
       <c r="Q243" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="244" spans="1:28">
       <c r="A244" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="E244" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="K244" t="s">
         <v>82</v>
       </c>
       <c r="N244" t="s">
         <v>12</v>
       </c>
       <c r="Q244" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="245" spans="1:28">
       <c r="A245" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="E245" t="s">
-        <v>230</v>
+        <v>292</v>
       </c>
       <c r="K245" t="s">
         <v>82</v>
       </c>
       <c r="N245" t="s">
         <v>12</v>
       </c>
       <c r="Q245" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="246" spans="1:28">
       <c r="A246" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E246" t="s">
-        <v>292</v>
+        <v>230</v>
       </c>
       <c r="K246" t="s">
         <v>82</v>
       </c>
       <c r="N246" t="s">
         <v>12</v>
       </c>
       <c r="Q246" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="247" spans="1:28">
       <c r="A247" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E247" t="s">
-        <v>248</v>
+        <v>294</v>
       </c>
       <c r="K247" t="s">
         <v>82</v>
       </c>
       <c r="N247" t="s">
         <v>12</v>
       </c>
       <c r="Q247" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="248" spans="1:28">
       <c r="A248" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E248" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="K248" t="s">
         <v>82</v>
       </c>
       <c r="N248" t="s">
         <v>12</v>
       </c>
       <c r="Q248" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="249" spans="1:28">
       <c r="A249" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E249" t="s">
-        <v>293</v>
+        <v>249</v>
       </c>
       <c r="K249" t="s">
         <v>82</v>
       </c>
       <c r="N249" t="s">
         <v>12</v>
       </c>
       <c r="Q249" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="250" spans="1:28">
       <c r="A250" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E250" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="K250" t="s">
         <v>82</v>
       </c>
       <c r="N250" t="s">
         <v>12</v>
       </c>
       <c r="Q250" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="251" spans="1:28">
       <c r="A251" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E251" t="s">
-        <v>230</v>
+        <v>296</v>
       </c>
       <c r="K251" t="s">
         <v>82</v>
       </c>
       <c r="N251" t="s">
         <v>12</v>
       </c>
       <c r="Q251" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="252" spans="1:28">
       <c r="A252" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="E252" t="s">
-        <v>296</v>
+        <v>230</v>
       </c>
       <c r="K252" t="s">
         <v>82</v>
       </c>
       <c r="N252" t="s">
         <v>12</v>
       </c>
       <c r="Q252" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="253" spans="1:28">
       <c r="A253" t="s">
         <v>297</v>
       </c>
       <c r="E253" t="s">
         <v>298</v>
       </c>
       <c r="K253" t="s">
         <v>82</v>
       </c>
       <c r="N253" t="s">
         <v>12</v>
       </c>
       <c r="Q253" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="254" spans="1:28">
       <c r="A254" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="E254" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="K254" t="s">
         <v>82</v>
       </c>
       <c r="N254" t="s">
         <v>12</v>
       </c>
       <c r="Q254" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="255" spans="1:28">
       <c r="A255" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="E255" t="s">
-        <v>57</v>
+        <v>301</v>
       </c>
       <c r="K255" t="s">
         <v>82</v>
       </c>
       <c r="N255" t="s">
         <v>12</v>
       </c>
       <c r="Q255" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="256" spans="1:28">
       <c r="A256" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="E256" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K256" t="s">
         <v>82</v>
       </c>
       <c r="N256" t="s">
         <v>12</v>
       </c>
       <c r="Q256" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="257" spans="1:28">
       <c r="A257" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E257" t="s">
-        <v>302</v>
+        <v>58</v>
       </c>
       <c r="K257" t="s">
         <v>82</v>
       </c>
       <c r="N257" t="s">
         <v>12</v>
       </c>
       <c r="Q257" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="258" spans="1:28">
       <c r="A258" t="s">
         <v>303</v>
       </c>
       <c r="E258" t="s">
         <v>304</v>
       </c>
       <c r="K258" t="s">
         <v>82</v>
       </c>
       <c r="N258" t="s">
         <v>12</v>
       </c>
       <c r="Q258" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="259" spans="1:28">
       <c r="A259" t="s">
         <v>305</v>
       </c>
       <c r="E259" t="s">
-        <v>57</v>
+        <v>306</v>
       </c>
       <c r="K259" t="s">
         <v>82</v>
       </c>
       <c r="N259" t="s">
         <v>12</v>
       </c>
       <c r="Q259" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="260" spans="1:28">
       <c r="A260" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="E260" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K260" t="s">
         <v>82</v>
       </c>
       <c r="N260" t="s">
         <v>12</v>
       </c>
       <c r="Q260" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="261" spans="1:28">
       <c r="A261" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E261" t="s">
-        <v>307</v>
+        <v>58</v>
       </c>
       <c r="K261" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="N261" t="s">
         <v>12</v>
       </c>
       <c r="Q261" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="262" spans="1:28">
       <c r="A262" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="E262" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="K262" t="s">
         <v>11</v>
       </c>
       <c r="N262" t="s">
         <v>12</v>
       </c>
       <c r="Q262" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="263" spans="1:28">
       <c r="A263" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="E263" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="K263" t="s">
         <v>11</v>
       </c>
       <c r="N263" t="s">
         <v>12</v>
       </c>
       <c r="Q263" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="264" spans="1:28">
       <c r="A264" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="E264" t="s">
         <v>311</v>
       </c>
       <c r="K264" t="s">
         <v>11</v>
       </c>
       <c r="N264" t="s">
         <v>12</v>
       </c>
       <c r="Q264" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="265" spans="1:28">
       <c r="A265" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="E265" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="K265" t="s">
         <v>11</v>
       </c>
       <c r="N265" t="s">
         <v>12</v>
       </c>
       <c r="Q265" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="266" spans="1:28">
       <c r="A266" t="s">
-        <v>191</v>
+        <v>312</v>
       </c>
       <c r="E266" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="K266" t="s">
         <v>11</v>
       </c>
       <c r="N266" t="s">
         <v>12</v>
       </c>
       <c r="Q266" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="267" spans="1:28">
       <c r="A267" t="s">
-        <v>314</v>
+        <v>191</v>
       </c>
       <c r="E267" t="s">
         <v>315</v>
       </c>
       <c r="K267" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N267" t="s">
         <v>12</v>
       </c>
       <c r="Q267" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="268" spans="1:28">
       <c r="A268" t="s">
         <v>316</v>
       </c>
       <c r="E268" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="K268" t="s">
         <v>32</v>
       </c>
       <c r="N268" t="s">
         <v>12</v>
       </c>
       <c r="Q268" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="269" spans="1:28">
       <c r="A269" t="s">
+        <v>318</v>
+      </c>
+      <c r="E269" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="K269" t="s">
         <v>32</v>
       </c>
       <c r="N269" t="s">
         <v>12</v>
       </c>
       <c r="Q269" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="270" spans="1:28">
       <c r="A270" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="E270" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K270" t="s">
         <v>32</v>
       </c>
       <c r="N270" t="s">
         <v>12</v>
       </c>
       <c r="Q270" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="271" spans="1:28">
       <c r="A271" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="E271" t="s">
         <v>320</v>
       </c>
       <c r="K271" t="s">
         <v>32</v>
       </c>
       <c r="N271" t="s">
         <v>12</v>
       </c>
       <c r="Q271" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="272" spans="1:28">
       <c r="A272" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E272" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="K272" t="s">
         <v>32</v>
       </c>
       <c r="N272" t="s">
         <v>12</v>
       </c>
       <c r="Q272" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="273" spans="1:28">
       <c r="A273" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="E273" t="s">
         <v>323</v>
       </c>
       <c r="K273" t="s">
         <v>32</v>
       </c>
       <c r="N273" t="s">
         <v>12</v>
       </c>
       <c r="Q273" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="274" spans="1:28">
       <c r="A274" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E274" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="K274" t="s">
         <v>32</v>
       </c>
       <c r="N274" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="Q274" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="275" spans="1:28">
       <c r="A275" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E275" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="K275" t="s">
         <v>32</v>
       </c>
       <c r="N275" t="s">
         <v>45</v>
       </c>
       <c r="Q275" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="276" spans="1:28">
       <c r="A276" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E276" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K276" t="s">
         <v>32</v>
       </c>
       <c r="N276" t="s">
         <v>45</v>
       </c>
       <c r="Q276" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="277" spans="1:28">
       <c r="A277" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E277" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K277" t="s">
         <v>32</v>
       </c>
       <c r="N277" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="Q277" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="278" spans="1:28">
       <c r="A278" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E278" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="K278" t="s">
         <v>32</v>
       </c>
       <c r="N278" t="s">
         <v>12</v>
       </c>
       <c r="Q278" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="279" spans="1:28">
       <c r="A279" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E279" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="K279" t="s">
         <v>32</v>
       </c>
       <c r="N279" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="Q279" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="280" spans="1:28">
       <c r="A280" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E280" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="K280" t="s">
         <v>32</v>
       </c>
       <c r="N280" t="s">
         <v>45</v>
       </c>
       <c r="Q280" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="281" spans="1:28">
       <c r="A281" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E281" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="K281" t="s">
         <v>32</v>
       </c>
       <c r="N281" t="s">
         <v>45</v>
       </c>
       <c r="Q281" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="282" spans="1:28">
       <c r="A282" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E282" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="K282" t="s">
         <v>32</v>
       </c>
       <c r="N282" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="Q282" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="283" spans="1:28">
       <c r="A283" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E283" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="K283" t="s">
         <v>32</v>
       </c>
       <c r="N283" t="s">
         <v>12</v>
       </c>
       <c r="Q283" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="284" spans="1:28">
       <c r="A284" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E284" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="K284" t="s">
         <v>32</v>
       </c>
       <c r="N284" t="s">
         <v>12</v>
       </c>
       <c r="Q284" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="285" spans="1:28">
       <c r="A285" t="s">
-        <v>335</v>
+        <v>324</v>
       </c>
       <c r="E285" t="s">
-        <v>57</v>
+        <v>336</v>
       </c>
       <c r="K285" t="s">
         <v>32</v>
       </c>
       <c r="N285" t="s">
         <v>12</v>
       </c>
       <c r="Q285" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="286" spans="1:28">
       <c r="A286" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="E286" t="s">
-        <v>336</v>
+        <v>57</v>
       </c>
       <c r="K286" t="s">
         <v>32</v>
       </c>
       <c r="N286" t="s">
         <v>12</v>
       </c>
       <c r="Q286" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="287" spans="1:28">
       <c r="A287" t="s">
         <v>337</v>
       </c>
       <c r="E287" t="s">
         <v>338</v>
       </c>
       <c r="K287" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="N287" t="s">
         <v>12</v>
       </c>
       <c r="Q287" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="288" spans="1:28">
       <c r="A288" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="E288" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="K288" t="s">
         <v>11</v>
       </c>
       <c r="N288" t="s">
         <v>12</v>
       </c>
       <c r="Q288" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="289" spans="1:28">
       <c r="A289" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="E289" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="K289" t="s">
         <v>11</v>
       </c>
       <c r="N289" t="s">
         <v>12</v>
       </c>
       <c r="Q289" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="290" spans="1:28">
       <c r="A290" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E290" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="K290" t="s">
         <v>11</v>
       </c>
       <c r="N290" t="s">
         <v>12</v>
       </c>
       <c r="Q290" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="291" spans="1:28">
       <c r="A291" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E291" t="s">
-        <v>83</v>
+        <v>343</v>
       </c>
       <c r="K291" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N291" t="s">
         <v>12</v>
       </c>
       <c r="Q291" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="292" spans="1:28">
       <c r="A292" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E292" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="K292" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="N292" t="s">
         <v>12</v>
       </c>
       <c r="Q292" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="293" spans="1:28">
       <c r="A293" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E293" t="s">
-        <v>345</v>
+        <v>99</v>
       </c>
       <c r="K293" t="s">
         <v>11</v>
       </c>
       <c r="N293" t="s">
         <v>12</v>
       </c>
       <c r="Q293" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="294" spans="1:28">
       <c r="A294" t="s">
         <v>346</v>
       </c>
       <c r="E294" t="s">
         <v>347</v>
       </c>
       <c r="K294" t="s">
         <v>11</v>
       </c>
       <c r="N294" t="s">
         <v>12</v>
       </c>
       <c r="Q294" t="s">
-        <v>348</v>
+        <v>29</v>
       </c>
     </row>
     <row r="295" spans="1:28">
       <c r="A295" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="E295" t="s">
         <v>349</v>
       </c>
       <c r="K295" t="s">
         <v>11</v>
       </c>
       <c r="N295" t="s">
         <v>12</v>
       </c>
       <c r="Q295" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:28">
       <c r="A296" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="E296" t="s">
         <v>351</v>
       </c>
       <c r="K296" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N296" t="s">
         <v>12</v>
       </c>
       <c r="Q296" t="s">
-        <v>13</v>
+        <v>350</v>
       </c>
     </row>
     <row r="297" spans="1:28">
       <c r="A297" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="E297" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="K297" t="s">
         <v>32</v>
       </c>
       <c r="N297" t="s">
         <v>12</v>
       </c>
       <c r="Q297" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="298" spans="1:28">
       <c r="A298" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="E298" t="s">
-        <v>28</v>
+        <v>354</v>
       </c>
       <c r="K298" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="N298" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="Q298" t="s">
-        <v>354</v>
+        <v>13</v>
       </c>
     </row>
     <row r="299" spans="1:28">
       <c r="A299" t="s">
         <v>355</v>
       </c>
       <c r="E299" t="s">
+        <v>28</v>
+      </c>
+      <c r="K299" t="s">
+        <v>11</v>
+      </c>
+      <c r="N299" t="s">
         <v>97</v>
       </c>
-      <c r="K299" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q299" t="s">
-        <v>29</v>
+        <v>356</v>
       </c>
     </row>
     <row r="300" spans="1:28">
       <c r="A300" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E300" t="s">
-        <v>357</v>
+        <v>97</v>
       </c>
       <c r="K300" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N300" t="s">
         <v>12</v>
       </c>
       <c r="Q300" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="301" spans="1:28">
       <c r="A301" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="E301" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="K301" t="s">
         <v>32</v>
       </c>
       <c r="N301" t="s">
         <v>12</v>
       </c>
       <c r="Q301" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="302" spans="1:28">
       <c r="A302" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="E302" t="s">
         <v>360</v>
       </c>
       <c r="K302" t="s">
         <v>32</v>
       </c>
       <c r="N302" t="s">
         <v>12</v>
       </c>
       <c r="Q302" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="303" spans="1:28">
       <c r="A303" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="E303" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="K303" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="N303" t="s">
         <v>12</v>
       </c>
       <c r="Q303" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="304" spans="1:28">
       <c r="A304" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="E304" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K304" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N304" t="s">
         <v>12</v>
       </c>
       <c r="Q304" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="305" spans="1:28">
       <c r="A305" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="E305" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="K305" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="N305" t="s">
         <v>12</v>
       </c>
       <c r="Q305" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="306" spans="1:28">
       <c r="A306" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="E306" t="s">
         <v>365</v>
       </c>
       <c r="K306" t="s">
         <v>11</v>
       </c>
       <c r="N306" t="s">
         <v>12</v>
       </c>
       <c r="Q306" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="307" spans="1:28">
       <c r="A307" t="s">
         <v>366</v>
       </c>
       <c r="E307" t="s">
         <v>367</v>
       </c>
       <c r="K307" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
       <c r="N307" t="s">
         <v>12</v>
       </c>
       <c r="Q307" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="308" spans="1:28">
       <c r="A308" t="s">
         <v>368</v>
       </c>
       <c r="E308" t="s">
-        <v>97</v>
+        <v>369</v>
       </c>
       <c r="K308" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="N308" t="s">
         <v>12</v>
       </c>
       <c r="Q308" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="309" spans="1:28">
       <c r="A309" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E309" t="s">
         <v>97</v>
       </c>
       <c r="K309" t="s">
         <v>11</v>
       </c>
       <c r="N309" t="s">
         <v>12</v>
       </c>
       <c r="Q309" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="310" spans="1:28">
       <c r="A310" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E310" t="s">
-        <v>371</v>
+        <v>97</v>
       </c>
       <c r="K310" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N310" t="s">
         <v>12</v>
       </c>
       <c r="Q310" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="311" spans="1:28">
       <c r="A311" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="E311" t="s">
-        <v>358</v>
+        <v>373</v>
       </c>
       <c r="K311" t="s">
         <v>32</v>
       </c>
       <c r="N311" t="s">
         <v>12</v>
       </c>
       <c r="Q311" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="312" spans="1:28">
       <c r="A312" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="E312" t="s">
-        <v>372</v>
+        <v>360</v>
       </c>
       <c r="K312" t="s">
         <v>32</v>
       </c>
       <c r="N312" t="s">
         <v>12</v>
       </c>
       <c r="Q312" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="313" spans="1:28">
       <c r="A313" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="E313" t="s">
         <v>374</v>
       </c>
       <c r="K313" t="s">
         <v>32</v>
       </c>
       <c r="N313" t="s">
         <v>12</v>
       </c>
       <c r="Q313" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="314" spans="1:28">
       <c r="A314" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="E314" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="K314" t="s">
         <v>32</v>
       </c>
       <c r="N314" t="s">
         <v>12</v>
       </c>
       <c r="Q314" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="315" spans="1:28">
       <c r="A315" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="E315" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="K315" t="s">
         <v>32</v>
       </c>
       <c r="N315" t="s">
         <v>12</v>
       </c>
       <c r="Q315" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="316" spans="1:28">
       <c r="A316" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="E316" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="K316" t="s">
         <v>32</v>
       </c>
       <c r="N316" t="s">
         <v>12</v>
       </c>
       <c r="Q316" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="317" spans="1:28">
       <c r="A317" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="E317" t="s">
-        <v>298</v>
+        <v>379</v>
       </c>
       <c r="K317" t="s">
         <v>32</v>
       </c>
       <c r="N317" t="s">
         <v>12</v>
       </c>
       <c r="Q317" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="318" spans="1:28">
       <c r="A318" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E318" t="s">
-        <v>169</v>
+        <v>300</v>
       </c>
       <c r="K318" t="s">
         <v>32</v>
       </c>
       <c r="N318" t="s">
         <v>12</v>
       </c>
       <c r="Q318" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="319" spans="1:28">
       <c r="A319" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E319" t="s">
-        <v>379</v>
+        <v>169</v>
       </c>
       <c r="K319" t="s">
         <v>32</v>
       </c>
       <c r="N319" t="s">
         <v>12</v>
       </c>
       <c r="Q319" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="320" spans="1:28">
       <c r="A320" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E320" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="K320" t="s">
         <v>32</v>
       </c>
       <c r="N320" t="s">
         <v>12</v>
       </c>
       <c r="Q320" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="321" spans="1:28">
       <c r="A321" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E321" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="K321" t="s">
         <v>32</v>
       </c>
       <c r="N321" t="s">
         <v>12</v>
       </c>
       <c r="Q321" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="322" spans="1:28">
       <c r="A322" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="E322" t="s">
         <v>383</v>
       </c>
       <c r="K322" t="s">
         <v>32</v>
       </c>
       <c r="N322" t="s">
         <v>12</v>
       </c>
       <c r="Q322" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="323" spans="1:28">
       <c r="A323" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="E323" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="K323" t="s">
         <v>32</v>
       </c>
       <c r="N323" t="s">
         <v>12</v>
       </c>
       <c r="Q323" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="324" spans="1:28">
       <c r="A324" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E324" t="s">
         <v>386</v>
       </c>
       <c r="K324" t="s">
         <v>32</v>
       </c>
       <c r="N324" t="s">
         <v>12</v>
       </c>
       <c r="Q324" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="325" spans="1:28">
       <c r="A325" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="E325" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="K325" t="s">
         <v>32</v>
       </c>
       <c r="N325" t="s">
         <v>12</v>
       </c>
       <c r="Q325" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="326" spans="1:28">
       <c r="A326" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="E326" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="K326" t="s">
         <v>32</v>
       </c>
       <c r="N326" t="s">
         <v>12</v>
       </c>
       <c r="Q326" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="327" spans="1:28">
       <c r="A327" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="E327" t="s">
         <v>390</v>
       </c>
       <c r="K327" t="s">
         <v>32</v>
       </c>
       <c r="N327" t="s">
         <v>12</v>
       </c>
       <c r="Q327" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="328" spans="1:28">
       <c r="A328" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E328" t="s">
-        <v>71</v>
+        <v>392</v>
       </c>
       <c r="K328" t="s">
         <v>32</v>
       </c>
       <c r="N328" t="s">
         <v>12</v>
       </c>
       <c r="Q328" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="329" spans="1:28">
       <c r="A329" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E329" t="s">
-        <v>391</v>
+        <v>71</v>
       </c>
       <c r="K329" t="s">
         <v>32</v>
       </c>
       <c r="N329" t="s">
         <v>12</v>
       </c>
       <c r="Q329" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="330" spans="1:28">
       <c r="A330" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E330" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="K330" t="s">
         <v>32</v>
       </c>
       <c r="N330" t="s">
         <v>12</v>
       </c>
       <c r="Q330" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="331" spans="1:28">
       <c r="A331" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E331" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="K331" t="s">
         <v>32</v>
       </c>
       <c r="N331" t="s">
         <v>12</v>
       </c>
       <c r="Q331" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="332" spans="1:28">
       <c r="A332" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="E332" t="s">
-        <v>41</v>
+        <v>395</v>
       </c>
       <c r="K332" t="s">
         <v>32</v>
       </c>
       <c r="N332" t="s">
         <v>12</v>
       </c>
       <c r="Q332" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="333" spans="1:28">
       <c r="A333" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E333" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="K333" t="s">
         <v>32</v>
       </c>
       <c r="N333" t="s">
         <v>12</v>
       </c>
       <c r="Q333" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="334" spans="1:28">
       <c r="A334" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E334" t="s">
-        <v>251</v>
+        <v>71</v>
       </c>
       <c r="K334" t="s">
         <v>32</v>
       </c>
       <c r="N334" t="s">
         <v>12</v>
       </c>
       <c r="Q334" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="335" spans="1:28">
       <c r="A335" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E335" t="s">
-        <v>387</v>
+        <v>251</v>
       </c>
       <c r="K335" t="s">
         <v>32</v>
       </c>
       <c r="N335" t="s">
         <v>12</v>
       </c>
       <c r="Q335" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="336" spans="1:28">
       <c r="A336" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="E336" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="K336" t="s">
         <v>32</v>
       </c>
       <c r="N336" t="s">
         <v>12</v>
       </c>
       <c r="Q336" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="337" spans="1:28">
       <c r="A337" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="E337" t="s">
         <v>388</v>
       </c>
       <c r="K337" t="s">
         <v>32</v>
       </c>
       <c r="N337" t="s">
         <v>12</v>
       </c>
       <c r="Q337" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="338" spans="1:28">
       <c r="A338" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E338" t="s">
-        <v>83</v>
+        <v>390</v>
       </c>
       <c r="K338" t="s">
         <v>32</v>
       </c>
       <c r="N338" t="s">
         <v>12</v>
       </c>
       <c r="Q338" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="339" spans="1:28">
       <c r="A339" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="E339" t="s">
-        <v>57</v>
+        <v>83</v>
       </c>
       <c r="K339" t="s">
         <v>32</v>
       </c>
       <c r="N339" t="s">
         <v>12</v>
       </c>
       <c r="Q339" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="340" spans="1:28">
       <c r="A340" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E340" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K340" t="s">
         <v>32</v>
       </c>
       <c r="N340" t="s">
         <v>12</v>
       </c>
       <c r="Q340" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="341" spans="1:28">
       <c r="A341" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E341" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K341" t="s">
         <v>32</v>
       </c>
       <c r="N341" t="s">
         <v>12</v>
       </c>
       <c r="Q341" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="342" spans="1:28">
       <c r="A342" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E342" t="s">
-        <v>399</v>
+        <v>59</v>
       </c>
       <c r="K342" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="N342" t="s">
         <v>12</v>
       </c>
       <c r="Q342" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="343" spans="1:28">
       <c r="A343" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E343" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K343" t="s">
         <v>11</v>
       </c>
       <c r="N343" t="s">
         <v>12</v>
       </c>
       <c r="Q343" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="344" spans="1:28">
       <c r="A344" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="E344" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="K344" t="s">
         <v>11</v>
       </c>
       <c r="N344" t="s">
         <v>12</v>
       </c>
       <c r="Q344" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="345" spans="1:28">
       <c r="A345" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E345" t="s">
         <v>403</v>
       </c>
       <c r="K345" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N345" t="s">
         <v>12</v>
       </c>
       <c r="Q345" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="346" spans="1:28">
       <c r="A346" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="E346" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="K346" t="s">
         <v>32</v>
       </c>
       <c r="N346" t="s">
         <v>12</v>
       </c>
       <c r="Q346" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="347" spans="1:28">
       <c r="A347" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="E347" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="K347" t="s">
         <v>32</v>
       </c>
       <c r="N347" t="s">
         <v>12</v>
       </c>
       <c r="Q347" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="348" spans="1:28">
       <c r="A348" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="E348" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="K348" t="s">
         <v>32</v>
       </c>
       <c r="N348" t="s">
         <v>12</v>
       </c>
       <c r="Q348" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="349" spans="1:28">
       <c r="A349" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="E349" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="K349" t="s">
         <v>32</v>
       </c>
       <c r="N349" t="s">
         <v>12</v>
       </c>
       <c r="Q349" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="350" spans="1:28">
       <c r="A350" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="E350" t="s">
-        <v>28</v>
+        <v>409</v>
       </c>
       <c r="K350" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="N350" t="s">
         <v>12</v>
       </c>
       <c r="Q350" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="351" spans="1:28">
       <c r="A351" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E351" t="s">
-        <v>410</v>
+        <v>28</v>
       </c>
       <c r="K351" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N351" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="Q351" t="s">
-        <v>95</v>
+        <v>29</v>
       </c>
     </row>
     <row r="352" spans="1:28">
       <c r="A352" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="E352" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="K352" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="N352" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="Q352" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="353" spans="1:28">
       <c r="A353" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="E353" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="K353" t="s">
         <v>11</v>
       </c>
       <c r="N353" t="s">
         <v>12</v>
       </c>
       <c r="Q353" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="354" spans="1:28">
       <c r="A354" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="E354" t="s">
-        <v>81</v>
+        <v>414</v>
       </c>
       <c r="K354" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N354" t="s">
         <v>12</v>
       </c>
       <c r="Q354" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
     </row>
     <row r="355" spans="1:28">
       <c r="A355" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E355" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="K355" t="s">
         <v>32</v>
       </c>
       <c r="N355" t="s">
         <v>12</v>
       </c>
       <c r="Q355" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="356" spans="1:28">
       <c r="A356" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E356" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K356" t="s">
         <v>32</v>
       </c>
       <c r="N356" t="s">
         <v>12</v>
       </c>
       <c r="Q356" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="357" spans="1:28">
       <c r="A357" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E357" t="s">
-        <v>414</v>
+        <v>59</v>
       </c>
       <c r="K357" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="N357" t="s">
         <v>12</v>
       </c>
       <c r="Q357" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="358" spans="1:28">
       <c r="A358" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E358" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="K358" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="N358" t="s">
         <v>12</v>
       </c>
       <c r="Q358" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="359" spans="1:28">
       <c r="A359" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="E359" t="s">
         <v>417</v>
       </c>
       <c r="K359" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="N359" t="s">
-        <v>187</v>
+        <v>12</v>
       </c>
       <c r="Q359" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="360" spans="1:28">
       <c r="A360" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="E360" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="K360" t="s">
         <v>32</v>
       </c>
       <c r="N360" t="s">
-        <v>12</v>
+        <v>187</v>
       </c>
       <c r="Q360" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="361" spans="1:28">
       <c r="A361" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="E361" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="K361" t="s">
         <v>32</v>
       </c>
       <c r="N361" t="s">
-        <v>187</v>
+        <v>12</v>
       </c>
       <c r="Q361" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="362" spans="1:28">
       <c r="A362" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="E362" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="K362" t="s">
         <v>32</v>
       </c>
       <c r="N362" t="s">
-        <v>45</v>
+        <v>187</v>
       </c>
       <c r="Q362" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="363" spans="1:28">
       <c r="A363" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="E363" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="K363" t="s">
         <v>32</v>
       </c>
       <c r="N363" t="s">
         <v>45</v>
       </c>
       <c r="Q363" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="364" spans="1:28">
       <c r="A364" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="E364" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="K364" t="s">
         <v>32</v>
       </c>
       <c r="N364" t="s">
-        <v>187</v>
+        <v>45</v>
       </c>
       <c r="Q364" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="365" spans="1:28">
       <c r="A365" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="E365" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="K365" t="s">
         <v>32</v>
       </c>
       <c r="N365" t="s">
-        <v>45</v>
+        <v>187</v>
       </c>
       <c r="Q365" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="366" spans="1:28">
       <c r="A366" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="E366" t="s">
         <v>425</v>
       </c>
       <c r="K366" t="s">
-        <v>82</v>
+        <v>32</v>
       </c>
       <c r="N366" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="Q366" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="367" spans="1:28">
       <c r="A367" t="s">
         <v>426</v>
       </c>
       <c r="E367" t="s">
         <v>427</v>
       </c>
       <c r="K367" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="N367" t="s">
         <v>12</v>
       </c>
       <c r="Q367" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="368" spans="1:28">
       <c r="A368" t="s">
         <v>428</v>
       </c>
       <c r="E368" t="s">
         <v>429</v>
       </c>
       <c r="K368" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N368" t="s">
-        <v>187</v>
+        <v>12</v>
       </c>
       <c r="Q368" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="369" spans="1:28">
       <c r="A369" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E369" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="K369" t="s">
         <v>32</v>
       </c>
       <c r="N369" t="s">
         <v>187</v>
       </c>
       <c r="Q369" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="370" spans="1:28">
       <c r="A370" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E370" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K370" t="s">
         <v>32</v>
       </c>
       <c r="N370" t="s">
-        <v>45</v>
+        <v>187</v>
       </c>
       <c r="Q370" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="371" spans="1:28">
       <c r="A371" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E371" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="K371" t="s">
         <v>32</v>
       </c>
       <c r="N371" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="Q371" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="372" spans="1:28">
       <c r="A372" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E372" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="K372" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="N372" t="s">
-        <v>187</v>
+        <v>12</v>
       </c>
       <c r="Q372" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="373" spans="1:28">
       <c r="A373" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E373" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="K373" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N373" t="s">
         <v>187</v>
       </c>
       <c r="Q373" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="374" spans="1:28">
       <c r="A374" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E374" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="K374" t="s">
-        <v>82</v>
+        <v>32</v>
       </c>
       <c r="N374" t="s">
-        <v>12</v>
+        <v>187</v>
       </c>
       <c r="Q374" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="375" spans="1:28">
       <c r="A375" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E375" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="K375" t="s">
         <v>82</v>
       </c>
       <c r="N375" t="s">
         <v>12</v>
       </c>
       <c r="Q375" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="376" spans="1:28">
       <c r="A376" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E376" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K376" t="s">
         <v>82</v>
       </c>
       <c r="N376" t="s">
         <v>12</v>
       </c>
       <c r="Q376" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="377" spans="1:28">
       <c r="A377" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E377" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="K377" t="s">
         <v>82</v>
       </c>
       <c r="N377" t="s">
         <v>12</v>
       </c>
       <c r="Q377" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="378" spans="1:28">
       <c r="A378" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E378" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="K378" t="s">
         <v>82</v>
       </c>
       <c r="N378" t="s">
         <v>12</v>
       </c>
       <c r="Q378" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="379" spans="1:28">
       <c r="A379" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E379" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="K379" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="N379" t="s">
         <v>12</v>
       </c>
       <c r="Q379" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="380" spans="1:28">
       <c r="A380" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E380" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="K380" t="s">
         <v>11</v>
       </c>
       <c r="N380" t="s">
         <v>12</v>
       </c>
       <c r="Q380" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="381" spans="1:28">
       <c r="A381" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E381" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="K381" t="s">
         <v>11</v>
       </c>
       <c r="N381" t="s">
         <v>12</v>
       </c>
       <c r="Q381" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="382" spans="1:28">
       <c r="A382" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E382" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="K382" t="s">
         <v>11</v>
       </c>
       <c r="N382" t="s">
         <v>12</v>
       </c>
       <c r="Q382" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="383" spans="1:28">
       <c r="A383" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E383" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="K383" t="s">
         <v>11</v>
       </c>
       <c r="N383" t="s">
         <v>12</v>
       </c>
       <c r="Q383" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="384" spans="1:28">
       <c r="A384" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E384" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="K384" t="s">
         <v>11</v>
       </c>
       <c r="N384" t="s">
         <v>12</v>
       </c>
       <c r="Q384" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="385" spans="1:28">
       <c r="A385" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E385" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="K385" t="s">
         <v>11</v>
       </c>
       <c r="N385" t="s">
         <v>12</v>
       </c>
       <c r="Q385" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="386" spans="1:28">
       <c r="A386" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E386" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="K386" t="s">
         <v>11</v>
       </c>
       <c r="N386" t="s">
         <v>12</v>
       </c>
       <c r="Q386" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="387" spans="1:28">
       <c r="A387" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E387" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="K387" t="s">
         <v>11</v>
       </c>
       <c r="N387" t="s">
         <v>12</v>
       </c>
       <c r="Q387" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="388" spans="1:28">
       <c r="A388" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E388" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K388" t="s">
         <v>11</v>
       </c>
       <c r="N388" t="s">
         <v>12</v>
       </c>
       <c r="Q388" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="389" spans="1:28">
       <c r="A389" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E389" t="s">
-        <v>429</v>
+        <v>451</v>
       </c>
       <c r="K389" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N389" t="s">
-        <v>187</v>
+        <v>12</v>
       </c>
       <c r="Q389" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="390" spans="1:28">
       <c r="A390" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E390" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="K390" t="s">
         <v>32</v>
       </c>
       <c r="N390" t="s">
-        <v>45</v>
+        <v>187</v>
       </c>
       <c r="Q390" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="391" spans="1:28">
       <c r="A391" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E391" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="K391" t="s">
         <v>32</v>
       </c>
       <c r="N391" t="s">
         <v>45</v>
       </c>
       <c r="Q391" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="392" spans="1:28">
       <c r="A392" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E392" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="K392" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="N392" t="s">
         <v>45</v>
       </c>
       <c r="Q392" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="393" spans="1:28">
       <c r="A393" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E393" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="K393" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N393" t="s">
         <v>45</v>
       </c>
       <c r="Q393" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="394" spans="1:28">
       <c r="A394" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E394" t="s">
-        <v>450</v>
+        <v>436</v>
       </c>
       <c r="K394" t="s">
         <v>32</v>
       </c>
       <c r="N394" t="s">
-        <v>187</v>
+        <v>45</v>
       </c>
       <c r="Q394" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="395" spans="1:28">
       <c r="A395" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E395" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="K395" t="s">
         <v>32</v>
       </c>
       <c r="N395" t="s">
-        <v>12</v>
+        <v>187</v>
       </c>
       <c r="Q395" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="396" spans="1:28">
       <c r="A396" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E396" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="K396" t="s">
         <v>32</v>
       </c>
       <c r="N396" t="s">
         <v>12</v>
       </c>
       <c r="Q396" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="397" spans="1:28">
       <c r="A397" t="s">
-        <v>453</v>
+        <v>430</v>
       </c>
       <c r="E397" t="s">
         <v>454</v>
       </c>
       <c r="K397" t="s">
         <v>32</v>
       </c>
       <c r="N397" t="s">
         <v>12</v>
       </c>
       <c r="Q397" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="398" spans="1:28">
       <c r="A398" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="E398" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="K398" t="s">
         <v>32</v>
       </c>
       <c r="N398" t="s">
         <v>12</v>
       </c>
       <c r="Q398" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="399" spans="1:28">
       <c r="A399" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="E399" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="K399" t="s">
         <v>32</v>
       </c>
       <c r="N399" t="s">
         <v>12</v>
       </c>
       <c r="Q399" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="400" spans="1:28">
       <c r="A400" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="E400" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="K400" t="s">
         <v>32</v>
       </c>
       <c r="N400" t="s">
         <v>12</v>
       </c>
       <c r="Q400" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="401" spans="1:28">
       <c r="A401" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="E401" t="s">
         <v>459</v>
       </c>
       <c r="K401" t="s">
         <v>32</v>
       </c>
       <c r="N401" t="s">
         <v>12</v>
       </c>
       <c r="Q401" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="402" spans="1:28">
       <c r="A402" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="E402" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="K402" t="s">
         <v>32</v>
       </c>
       <c r="N402" t="s">
         <v>12</v>
       </c>
       <c r="Q402" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="403" spans="1:28">
       <c r="A403" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="E403" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="K403" t="s">
         <v>32</v>
       </c>
       <c r="N403" t="s">
         <v>12</v>
       </c>
       <c r="Q403" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="404" spans="1:28">
       <c r="A404" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="E404" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="K404" t="s">
         <v>32</v>
       </c>
       <c r="N404" t="s">
         <v>12</v>
       </c>
       <c r="Q404" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="405" spans="1:28">
       <c r="A405" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="E405" t="s">
         <v>464</v>
       </c>
       <c r="K405" t="s">
         <v>32</v>
       </c>
       <c r="N405" t="s">
         <v>12</v>
       </c>
       <c r="Q405" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="406" spans="1:28">
       <c r="A406" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="E406" t="s">
-        <v>304</v>
+        <v>466</v>
       </c>
       <c r="K406" t="s">
         <v>32</v>
       </c>
       <c r="N406" t="s">
         <v>12</v>
       </c>
       <c r="Q406" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="407" spans="1:28">
       <c r="A407" t="s">
         <v>465</v>
       </c>
       <c r="E407" t="s">
-        <v>83</v>
+        <v>306</v>
       </c>
       <c r="K407" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="N407" t="s">
         <v>12</v>
       </c>
       <c r="Q407" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="408" spans="1:28">
       <c r="A408" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E408" t="s">
-        <v>467</v>
+        <v>83</v>
       </c>
       <c r="K408" t="s">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="N408" t="s">
         <v>12</v>
       </c>
       <c r="Q408" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="409" spans="1:28">
       <c r="A409" t="s">
         <v>468</v>
       </c>
       <c r="E409" t="s">
-        <v>128</v>
+        <v>469</v>
       </c>
       <c r="K409" t="s">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="N409" t="s">
         <v>12</v>
       </c>
       <c r="Q409" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="410" spans="1:28">
       <c r="A410" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E410" t="s">
-        <v>470</v>
+        <v>128</v>
       </c>
       <c r="K410" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="N410" t="s">
         <v>12</v>
       </c>
       <c r="Q410" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
     </row>
     <row r="411" spans="1:28">
       <c r="A411" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="E411" t="s">
-        <v>414</v>
+        <v>472</v>
       </c>
       <c r="K411" t="s">
         <v>32</v>
       </c>
       <c r="N411" t="s">
         <v>12</v>
       </c>
       <c r="Q411" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="412" spans="1:28">
       <c r="A412" t="s">
         <v>471</v>
       </c>
       <c r="E412" t="s">
-        <v>470</v>
+        <v>416</v>
       </c>
       <c r="K412" t="s">
-        <v>82</v>
+        <v>32</v>
       </c>
       <c r="N412" t="s">
         <v>12</v>
       </c>
       <c r="Q412" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="413" spans="1:28">
       <c r="A413" t="s">
+        <v>473</v>
+      </c>
+      <c r="E413" t="s">
         <v>472</v>
       </c>
-      <c r="E413" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K413" t="s">
-        <v>11</v>
+        <v>82</v>
       </c>
       <c r="N413" t="s">
         <v>12</v>
       </c>
       <c r="Q413" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="414" spans="1:28">
       <c r="A414" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="E414" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K414" t="s">
         <v>11</v>
       </c>
       <c r="N414" t="s">
         <v>12</v>
       </c>
       <c r="Q414" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="415" spans="1:28">
       <c r="A415" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="E415" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="K415" t="s">
         <v>11</v>
       </c>
       <c r="N415" t="s">
         <v>12</v>
       </c>
       <c r="Q415" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="416" spans="1:28">
+      <c r="A416" t="s">
+        <v>474</v>
+      </c>
+      <c r="E416" t="s">
+        <v>477</v>
+      </c>
+      <c r="K416" t="s">
+        <v>11</v>
+      </c>
+      <c r="N416" t="s">
+        <v>12</v>
+      </c>
+      <c r="Q416" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AB1"/>
     <mergeCell ref="A2:AB2"/>
     <mergeCell ref="A3:AB3"/>
     <mergeCell ref="A4:AB4"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="E6:J6"/>
     <mergeCell ref="K6:M6"/>
     <mergeCell ref="N6:P6"/>
     <mergeCell ref="Q6:V6"/>
     <mergeCell ref="A7:D7"/>
     <mergeCell ref="E7:J7"/>
     <mergeCell ref="K7:M7"/>
     <mergeCell ref="N7:P7"/>
     <mergeCell ref="Q7:V7"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="E8:J8"/>
     <mergeCell ref="K8:M8"/>
     <mergeCell ref="N8:P8"/>
     <mergeCell ref="Q8:V8"/>
     <mergeCell ref="A9:D9"/>
@@ -10985,50 +11008,55 @@
     <mergeCell ref="A411:D411"/>
     <mergeCell ref="E411:J411"/>
     <mergeCell ref="K411:M411"/>
     <mergeCell ref="N411:P411"/>
     <mergeCell ref="Q411:V411"/>
     <mergeCell ref="A412:D412"/>
     <mergeCell ref="E412:J412"/>
     <mergeCell ref="K412:M412"/>
     <mergeCell ref="N412:P412"/>
     <mergeCell ref="Q412:V412"/>
     <mergeCell ref="A413:D413"/>
     <mergeCell ref="E413:J413"/>
     <mergeCell ref="K413:M413"/>
     <mergeCell ref="N413:P413"/>
     <mergeCell ref="Q413:V413"/>
     <mergeCell ref="A414:D414"/>
     <mergeCell ref="E414:J414"/>
     <mergeCell ref="K414:M414"/>
     <mergeCell ref="N414:P414"/>
     <mergeCell ref="Q414:V414"/>
     <mergeCell ref="A415:D415"/>
     <mergeCell ref="E415:J415"/>
     <mergeCell ref="K415:M415"/>
     <mergeCell ref="N415:P415"/>
     <mergeCell ref="Q415:V415"/>
+    <mergeCell ref="A416:D416"/>
+    <mergeCell ref="E416:J416"/>
+    <mergeCell ref="K416:M416"/>
+    <mergeCell ref="N416:P416"/>
+    <mergeCell ref="Q416:V416"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>